--- v0 (2025-12-16)
+++ v1 (2026-03-07)
@@ -1,98 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jyoung\Desktop\for website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://spelthornegovuk-my.sharepoint.com/personal/jyoung_spelthorne_gov_uk/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C7FDD9EE-7E32-43A2-84A6-F067FF453BA4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A694C560-1EB3-42CF-84FE-4CAD0142622B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="qR97ASXK0Y+4u5lg45AKj4B2nYjMJM9Uq9/Jpr5mQ4sFtIF14u+2n7tqFwHitdkapmLL9Ci6tFKJtTDTkRsXFg==" workbookSaltValue="rV2PB/dynwrtK6g5arppqg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="11964" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Calculator" sheetId="1" r:id="rId1"/>
     <sheet name="Instalment Table" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Instalment Table'!$A$1:$I$24</definedName>
     <definedName name="Z_332FBE7A_383F_4794_852A_582827B1B9BD_.wvu.Cols" localSheetId="0" hidden="1">Calculator!$H:$K</definedName>
     <definedName name="Z_332FBE7A_383F_4794_852A_582827B1B9BD_.wvu.PrintArea" localSheetId="1" hidden="1">'Instalment Table'!$A$1:$I$24</definedName>
     <definedName name="ZONES">Calculator!$J$8:$J$14</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="CIL Calculator" guid="{332FBE7A-383F-4794-852A-582827B1B9BD}" maximized="1" windowWidth="939" windowHeight="501" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F16" i="1" l="1"/>
   <c r="F15" i="1"/>
   <c r="F18" i="1"/>
-  <c r="I13" i="1" l="1"/>
-  <c r="D6" i="1" s="1"/>
+  <c r="D6" i="1" l="1"/>
   <c r="D14" i="2" l="1"/>
   <c r="D49" i="1" l="1"/>
   <c r="C4" i="1" l="1"/>
   <c r="D26" i="1" l="1"/>
   <c r="F30" i="1"/>
   <c r="H14" i="2" l="1"/>
   <c r="G14" i="2"/>
   <c r="F14" i="2"/>
   <c r="E15" i="2" l="1"/>
   <c r="B14" i="2"/>
   <c r="D11" i="2" l="1"/>
   <c r="F17" i="1" l="1"/>
   <c r="D12" i="1" s="1"/>
   <c r="E14" i="2" l="1"/>
   <c r="F38" i="1" l="1"/>
   <c r="F37" i="1"/>
   <c r="G24" i="1" s="1"/>
   <c r="F36" i="1"/>
   <c r="F35" i="1"/>
   <c r="D40" i="1" l="1"/>
   <c r="G23" i="1" l="1"/>
   <c r="F24" i="1"/>
   <c r="G22" i="1"/>
   <c r="F34" i="1"/>
   <c r="F33" i="1"/>
@@ -767,54 +767,54 @@
   <si>
     <t>Vanya Popova</t>
   </si>
   <si>
     <t>Current  Date</t>
   </si>
   <si>
     <t xml:space="preserve">Sheet valid until </t>
   </si>
   <si>
     <t>Russ Mounty</t>
   </si>
   <si>
     <t>Valid until</t>
   </si>
   <si>
     <t>Drishti Patel</t>
   </si>
   <si>
     <t>Kiran Boparai</t>
   </si>
   <si>
     <t>Number of dwellings</t>
   </si>
   <si>
-    <t>COMMUNITY INFRASTRUCTURE LEVY CALCULATION SHEET FOR 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Emily Archibald</t>
+  </si>
+  <si>
+    <t>COMMUNITY INFRASTRUCTURE LEVY CALCULATION SHEET FOR 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="&quot;£&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="166" formatCode="[$-809]dd\ mmmm\ yyyy;@"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2388,168 +2388,169 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M93"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="S9" sqref="S9"/>
+      <selection activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.6640625" style="52" customWidth="1"/>
     <col min="2" max="2" width="15.5546875" style="52" customWidth="1"/>
     <col min="3" max="3" width="52.5546875" style="52" customWidth="1"/>
     <col min="4" max="7" width="12.6640625" style="52" customWidth="1"/>
     <col min="8" max="8" width="13.5546875" style="52" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="16.6640625" style="52" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="9.109375" style="52" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="2.33203125" style="52" hidden="1" customWidth="1"/>
     <col min="12" max="13" width="9.109375" style="52" hidden="1" customWidth="1"/>
-    <col min="14" max="16384" width="9.109375" style="52"/>
+    <col min="14" max="14" width="0" style="52" hidden="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.109375" style="52"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B1" s="87"/>
       <c r="C1" s="88"/>
       <c r="D1" s="88"/>
       <c r="E1" s="88"/>
       <c r="F1" s="88"/>
       <c r="G1" s="89"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.3">
       <c r="B2" s="90"/>
       <c r="C2" s="91"/>
       <c r="D2" s="91"/>
       <c r="E2" s="91"/>
       <c r="F2" s="91"/>
       <c r="G2" s="92"/>
     </row>
     <row r="3" spans="1:11" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="90"/>
       <c r="C3" s="93" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D3" s="94"/>
       <c r="E3" s="91"/>
       <c r="F3" s="91"/>
       <c r="G3" s="92"/>
     </row>
     <row r="4" spans="1:11" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B4" s="90"/>
       <c r="C4" s="95" t="str">
         <f>IF(F13="", "To be completed by case officers for every CIL Liable Development (only enter data in white cells).","")</f>
         <v>To be completed by case officers for every CIL Liable Development (only enter data in white cells).</v>
       </c>
       <c r="D4" s="96"/>
       <c r="E4" s="91"/>
       <c r="F4" s="91"/>
       <c r="G4" s="92"/>
     </row>
     <row r="5" spans="1:11" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B5" s="97" t="s">
         <v>87</v>
       </c>
       <c r="C5" s="56"/>
       <c r="D5" s="96"/>
       <c r="E5" s="91"/>
       <c r="F5" s="91"/>
       <c r="G5" s="92"/>
     </row>
     <row r="6" spans="1:11" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B6" s="97" t="s">
         <v>91</v>
       </c>
       <c r="C6" s="57"/>
       <c r="D6" s="144" t="str">
-        <f ca="1">IF(F13&gt;1,"",IF(I13&gt;I14,"SHEET EXPIRED - CHECK INDEXATION!",""))</f>
+        <f>IF(F13&gt;1,"",IF(I13&gt;I14,"SHEET EXPIRED - CHECK INDEXATION!",""))</f>
         <v/>
       </c>
       <c r="E6" s="91"/>
       <c r="F6" s="91"/>
       <c r="G6" s="92"/>
     </row>
     <row r="7" spans="1:11" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B7" s="90"/>
       <c r="C7" s="91"/>
       <c r="D7" s="91"/>
       <c r="E7" s="91"/>
       <c r="F7" s="91"/>
       <c r="G7" s="92"/>
       <c r="K7" s="58"/>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B8" s="98" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="51"/>
       <c r="D8" s="91"/>
       <c r="E8" s="91"/>
       <c r="F8" s="91"/>
       <c r="G8" s="92"/>
       <c r="J8" s="52" t="s">
         <v>7</v>
       </c>
       <c r="K8" s="59" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B9" s="99" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="29"/>
       <c r="D9" s="91"/>
       <c r="E9" s="91"/>
       <c r="F9" s="100" t="s">
         <v>0</v>
       </c>
       <c r="G9" s="92"/>
       <c r="J9" s="52" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="59" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B10" s="99" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="29"/>
       <c r="D10" s="91"/>
       <c r="E10" s="91"/>
       <c r="F10" s="140" t="s">
         <v>7</v>
       </c>
       <c r="G10" s="92"/>
       <c r="J10" s="52" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="59" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B11" s="101"/>
       <c r="C11" s="150" t="s">
         <v>107</v>
       </c>
@@ -2569,162 +2570,161 @@
       <c r="C12" s="103"/>
       <c r="D12" s="142" t="str">
         <f>IF(F13="","",IF(F13&lt;F17,"INDEXATION ERROR - USE EARLIER CALCULATION SHEET FOR CORRECT INDEX",IF(F13&gt;I14,"INDEX DOES NOT MATCH THIS DATE - USE LATER VERSION OF CALCULATION SHEET!","")))</f>
         <v/>
       </c>
       <c r="E12" s="91"/>
       <c r="F12" s="91"/>
       <c r="G12" s="92"/>
       <c r="K12" s="59" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B13" s="90"/>
       <c r="C13" s="104" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="105"/>
       <c r="E13" s="91"/>
       <c r="F13" s="31"/>
       <c r="G13" s="92"/>
       <c r="H13" s="52" t="s">
         <v>101</v>
       </c>
       <c r="I13" s="143">
-        <f ca="1">TODAY()</f>
-        <v>45645</v>
+        <v>46023</v>
       </c>
       <c r="K13" s="59" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B14" s="99"/>
       <c r="C14" s="103"/>
       <c r="D14" s="91"/>
       <c r="E14" s="91"/>
       <c r="F14" s="102"/>
       <c r="G14" s="92"/>
       <c r="H14" s="137" t="s">
         <v>104</v>
       </c>
       <c r="I14" s="135">
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="K14" s="59" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="59"/>
       <c r="B15" s="97" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="105" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="106" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="107"/>
       <c r="F15" s="74">
         <f>$I$15</f>
         <v>259</v>
       </c>
       <c r="G15" s="92"/>
       <c r="H15" s="138" t="s">
         <v>57</v>
       </c>
       <c r="I15" s="136">
         <v>259</v>
       </c>
       <c r="K15" s="59" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="59"/>
       <c r="B16" s="97"/>
       <c r="C16" s="105" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="108" t="s">
         <v>31</v>
       </c>
       <c r="E16" s="91"/>
       <c r="F16" s="74">
         <f>$I$16</f>
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="G16" s="92"/>
       <c r="H16" s="137" t="s">
         <v>56</v>
       </c>
       <c r="I16" s="136">
-        <v>391</v>
+        <v>400</v>
       </c>
       <c r="K16" s="59" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="59"/>
       <c r="B17" s="97"/>
       <c r="C17" s="109" t="s">
         <v>74</v>
       </c>
       <c r="D17" s="110" t="s">
         <v>94</v>
       </c>
       <c r="E17" s="111"/>
       <c r="F17" s="112">
         <f>$I$17</f>
-        <v>45658</v>
+        <v>46023</v>
       </c>
       <c r="G17" s="92"/>
       <c r="H17" s="137" t="s">
         <v>95</v>
       </c>
       <c r="I17" s="135">
-        <v>45658</v>
+        <v>46023</v>
       </c>
       <c r="K17" s="59" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="59"/>
       <c r="B18" s="97"/>
       <c r="C18" s="109"/>
       <c r="D18" s="149" t="s">
         <v>102</v>
       </c>
       <c r="E18" s="147"/>
       <c r="F18" s="148">
         <f>I14</f>
-        <v>46022</v>
+        <v>46387</v>
       </c>
       <c r="G18" s="139"/>
       <c r="H18" s="145"/>
       <c r="I18" s="146"/>
       <c r="K18" s="59"/>
     </row>
     <row r="19" spans="1:11" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="59"/>
       <c r="B19" s="113" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="114"/>
       <c r="D19" s="115" t="s">
         <v>75</v>
       </c>
       <c r="E19" s="116" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="115" t="s">
         <v>33</v>
       </c>
       <c r="G19" s="117" t="s">
         <v>34</v>
       </c>
     </row>
@@ -3596,51 +3596,51 @@
     <mergeCell ref="E55:F55"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="B24:C24"/>
   </mergeCells>
   <conditionalFormatting sqref="D20:G20">
     <cfRule type="expression" dxfId="3" priority="2">
       <formula>IF($D$11&gt;14,TRUE,)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D21:G21">
     <cfRule type="expression" dxfId="2" priority="1">
       <formula>IF($D$11&lt;15,TRUE)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="803" yWindow="455" count="4">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Select Zone" sqref="F14 F10:F11" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>ZONES</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Insert date in numbers eg 10/09/15" sqref="F13" xr:uid="{00000000-0002-0000-0000-000001000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Insert date in numbers eg 10/05/15" sqref="C6" xr:uid="{00000000-0002-0000-0000-000002000000}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Select Name" sqref="C5" xr:uid="{00000000-0002-0000-0000-000003000000}">
-      <formula1>$R$3:$R$10</formula1>
+      <formula1>$K$8:$K$17</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="E55" location="'Instalment Table'!A1" display="Instalment Calculation Table" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.43307086614173229" right="0.19685039370078741" top="0.55118110236220474" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I25"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="K13" sqref="K13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="18.44140625" customWidth="1"/>
@@ -4055,50 +4055,56 @@
       <pageSetup paperSize="9" scale="97" orientation="portrait" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
   <conditionalFormatting sqref="B9">
     <cfRule type="expression" dxfId="1" priority="1">
       <formula>$G$9&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="GB9">
     <cfRule type="cellIs" dxfId="0" priority="2" operator="greaterThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="320" yWindow="265" count="3">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Insert Commencement Date when known format dd/mm/yy" sqref="B12 B10" xr:uid="{00000000-0002-0000-0100-000000000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Enter agreed Deemed Commencement Date in dd/mm/yy format" sqref="G9" xr:uid="{00000000-0002-0000-0100-000001000000}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Enter Commencement Date from Commencement Notice in dd/mm/yy format" sqref="B9" xr:uid="{00000000-0002-0000-0100-000002000000}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A23" location="Calculator!A1" display="Back to CIL Calculator" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.62992125984251968" right="0.19685039370078741" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="97" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{77d64243-483a-43b8-a912-0fe80eb82f90}" enabled="0" method="" siteId="{77d64243-483a-43b8-a912-0fe80eb82f90}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">